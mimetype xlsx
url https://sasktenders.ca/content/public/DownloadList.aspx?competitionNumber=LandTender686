--- v0 (2025-10-17)
+++ v1 (2025-12-26)
@@ -4,113 +4,185 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Competition No. LandTender686 -" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <si>
     <t>Supplier Organization Name</t>
   </si>
   <si>
     <t>Province</t>
   </si>
   <si>
+    <t>2020 ventures</t>
+  </si>
+  <si>
+    <t>SK</t>
+  </si>
+  <si>
+    <t>Acura Painting Inc.</t>
+  </si>
+  <si>
     <t>Advantage Investment and Management Co. inc.</t>
   </si>
   <si>
-    <t>SK</t>
-[...1 lines deleted...]
-  <si>
     <t>Alisha pvt ltd</t>
   </si>
   <si>
+    <t xml:space="preserve">Avison Young  Commercial Real EState</t>
+  </si>
+  <si>
     <t>Bird Appraisals Ltd.</t>
   </si>
   <si>
+    <t>Brad Guenther</t>
+  </si>
+  <si>
+    <t>C Duncan Const</t>
+  </si>
+  <si>
+    <t>CBRE Limited</t>
+  </si>
+  <si>
+    <t>CBRE Limited Saskatchewan</t>
+  </si>
+  <si>
+    <t>Chowpatty Inc</t>
+  </si>
+  <si>
     <t>Coolx</t>
   </si>
   <si>
+    <t>Deltek</t>
+  </si>
+  <si>
+    <t>VA</t>
+  </si>
+  <si>
+    <t>Extol Developments Inc.</t>
+  </si>
+  <si>
+    <t>FCL</t>
+  </si>
+  <si>
     <t>Harry Hoe Construction</t>
   </si>
   <si>
+    <t>HJR Asphalt</t>
+  </si>
+  <si>
     <t>ICR Commercial Real Estate</t>
   </si>
   <si>
     <t>i-Sourcing Technologies Pvt. Ltd.</t>
   </si>
   <si>
+    <t>Jon</t>
+  </si>
+  <si>
     <t>MJ Aggregate Inc.</t>
   </si>
   <si>
+    <t>Municipal Services LTD.</t>
+  </si>
+  <si>
     <t>North America Procurement Council, Inc. PBC</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
+    <t>Pwxpress</t>
+  </si>
+  <si>
+    <t>FL</t>
+  </si>
+  <si>
+    <t>Rural Municipality of Brock No. 64</t>
+  </si>
+  <si>
+    <t>Rural Municipality of Browning No. 34</t>
+  </si>
+  <si>
+    <t>Saskatchewan Scraping Organization</t>
+  </si>
+  <si>
+    <t>Saskcon Repair Services Ltd.</t>
+  </si>
+  <si>
+    <t>SG Accounting</t>
+  </si>
+  <si>
     <t>SmartProcure, INC</t>
   </si>
   <si>
-    <t>FL</t>
-[...1 lines deleted...]
-  <si>
     <t>solution</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Star towing</t>
   </si>
   <si>
     <t>Sumith Kahanda, Freelancer</t>
   </si>
   <si>
     <t>Synergy Construction Ltd</t>
   </si>
   <si>
+    <t>Traro Land Corporation</t>
+  </si>
+  <si>
+    <t>AB</t>
+  </si>
+  <si>
     <t>TREK Geotechnical Inc.</t>
+  </si>
+  <si>
+    <t>Tremblay Electric</t>
   </si>
   <si>
     <t>Warren Todosichuk</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -124,51 +196,51 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf fontId="0" applyFont="1" xfId="0"/>
     <xf fontId="1" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B17"/>
+  <dimension ref="A1:B39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="2" width="30" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>3</v>
       </c>
     </row>
@@ -211,88 +283,264 @@
       <c r="B7" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>12</v>
+        <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>14</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>16</v>
+        <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>3</v>
+        <v>16</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="B17" s="0" t="s">
+      <c r="B19" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="B36" s="0" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="B38" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="B39" s="0" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>