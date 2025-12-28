--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -4,320 +4,485 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Competition No. 25-00044 - Supp" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="95" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="150">
   <si>
     <t>Supplier Organization Name</t>
   </si>
   <si>
     <t>Province</t>
   </si>
   <si>
     <t>&amp;Architecture</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>1080 Architecture, Planning + Interiors</t>
   </si>
   <si>
+    <t>1080 Architecture, Planning and Interiors Ltd.</t>
+  </si>
+  <si>
+    <t>2 Architecture Inc</t>
+  </si>
+  <si>
+    <t>MB</t>
+  </si>
+  <si>
+    <t>3 j's kitchen</t>
+  </si>
+  <si>
+    <t>Acme Visible</t>
+  </si>
+  <si>
     <t>Adero Architecture</t>
   </si>
   <si>
     <t>AECOM</t>
   </si>
   <si>
     <t>Alisha pvt ltd</t>
   </si>
   <si>
+    <t>Alton Tangedal Architect Ltd.</t>
+  </si>
+  <si>
+    <t>aodbt architecture and interior design</t>
+  </si>
+  <si>
     <t>architectsTillmann Ruth Robinson inc.</t>
   </si>
   <si>
     <t>ON</t>
   </si>
   <si>
+    <t>Artistic Masonry and Stucco</t>
+  </si>
+  <si>
+    <t>ATS Traffic Saskatchewan</t>
+  </si>
+  <si>
+    <t>Blue Hills Construction</t>
+  </si>
+  <si>
     <t>Brook McIlroy</t>
   </si>
   <si>
     <t>Brxton Masonry Inc.</t>
   </si>
   <si>
+    <t>CampusTech AV</t>
+  </si>
+  <si>
+    <t>AB</t>
+  </si>
+  <si>
+    <t>Catterall &amp; Wright Consulting Engineers</t>
+  </si>
+  <si>
     <t>CCR Construction ltd</t>
   </si>
   <si>
+    <t>CCR Construction Ltd.</t>
+  </si>
+  <si>
     <t xml:space="preserve">City of Regina </t>
   </si>
   <si>
+    <t>City of Regina</t>
+  </si>
+  <si>
+    <t>ClearSecure Manufacturing and Distribution</t>
+  </si>
+  <si>
     <t>ConstructConnect</t>
   </si>
   <si>
     <t>Coolx</t>
   </si>
   <si>
     <t>Crosby Hanna and Associates</t>
   </si>
   <si>
+    <t>Cumulus Architects</t>
+  </si>
+  <si>
     <t>Cygnus Design Group</t>
   </si>
   <si>
     <t>BC</t>
   </si>
   <si>
     <t>DBM Design Build Maintain Ltd</t>
   </si>
   <si>
+    <t>DBM Design Build Maintain LTD</t>
+  </si>
+  <si>
     <t>Deltek</t>
   </si>
   <si>
     <t>VA</t>
   </si>
   <si>
+    <t>DIALOG Alberta Architecture Engineering Interior Design Planning Inc.</t>
+  </si>
+  <si>
     <t>Dodge Data and Analytics</t>
   </si>
   <si>
     <t>TX</t>
   </si>
   <si>
+    <t>Drifstone Consulting Inc.</t>
+  </si>
+  <si>
+    <t>Driftstone Consulting Ltd.</t>
+  </si>
+  <si>
     <t>Dynamic Agencies Ltd</t>
   </si>
   <si>
+    <t>Entuitive Corporation</t>
+  </si>
+  <si>
     <t>EVOQ Architecture inc</t>
   </si>
   <si>
     <t>QU</t>
   </si>
   <si>
     <t>EXP Services Inc.</t>
   </si>
   <si>
     <t>Extropic Energy Inc.</t>
   </si>
   <si>
     <t>Fast + Epp Structural Engineers</t>
   </si>
   <si>
+    <t>Fries Tallman Lumber Ltd.</t>
+  </si>
+  <si>
     <t>ft3 Architecture Landscape Interior Design</t>
   </si>
   <si>
-    <t>MB</t>
-[...1 lines deleted...]
-  <si>
     <t>GEC Architecture</t>
   </si>
   <si>
-    <t>AB</t>
-[...1 lines deleted...]
-  <si>
     <t>GGA-Architecture</t>
   </si>
   <si>
+    <t>Gorniakservice Ltd</t>
+  </si>
+  <si>
     <t>Govly</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Graham Construction</t>
   </si>
   <si>
     <t>Graham Construction &amp; Engineering</t>
   </si>
   <si>
     <t>Group2 Architecture Interior Design Ltd.</t>
   </si>
   <si>
+    <t>Hapa Landscape Architect Collaborative Inc.</t>
+  </si>
+  <si>
+    <t>Hayes Architecture Inc.</t>
+  </si>
+  <si>
+    <t>Idio Design Ltd</t>
+  </si>
+  <si>
     <t>ISL Engineering and Land Services Ltd.</t>
   </si>
   <si>
     <t>i-Sourcing Technologies Pvt. Ltd.</t>
   </si>
   <si>
+    <t>JCK Engineering Inc.</t>
+  </si>
+  <si>
     <t>JSE Consulting</t>
   </si>
   <si>
     <t>JSP Engineering Inc.</t>
   </si>
   <si>
     <t>KGS Group</t>
   </si>
   <si>
+    <t>Kindrachuk Agrey Architecture</t>
+  </si>
+  <si>
     <t>kirk banadyga Architect inc</t>
   </si>
   <si>
     <t>Kontzamanis Graumann Smith MacMillan Inc.</t>
   </si>
   <si>
     <t>KPMB Architects</t>
   </si>
   <si>
     <t>Kreate Arch</t>
   </si>
   <si>
     <t>Kress Electric</t>
   </si>
   <si>
+    <t>Kruse Glass &amp; Aluminum</t>
+  </si>
+  <si>
     <t>Ledcor Construction Limted</t>
   </si>
   <si>
+    <t>Ledvance</t>
+  </si>
+  <si>
+    <t>Leeville Construction</t>
+  </si>
+  <si>
+    <t>LM Architectural Group | Environmental Space Planning</t>
+  </si>
+  <si>
     <t>MacPherson Engineering Inc.</t>
   </si>
   <si>
+    <t>Marilyn Gould</t>
+  </si>
+  <si>
     <t>MCW Consultants Ltd.</t>
   </si>
   <si>
     <t>Meili Construction</t>
   </si>
   <si>
+    <t>Metric Design Centre</t>
+  </si>
+  <si>
     <t>MGA</t>
   </si>
   <si>
     <t>MoH</t>
   </si>
   <si>
     <t>Moore Architecture Consulting Group Ltd.</t>
   </si>
   <si>
     <t>Moriyama &amp; Teshima Architects</t>
   </si>
   <si>
+    <t>Muscowpetung Saulteaux Business Development</t>
+  </si>
+  <si>
     <t>Nelson Byrd Woltz Landscape Architects</t>
   </si>
   <si>
+    <t>Next Architecture</t>
+  </si>
+  <si>
     <t>North America Procurement Council, Inc. PBC</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
+    <t>Novita Techne</t>
+  </si>
+  <si>
     <t>Number Ten Architectural Group</t>
   </si>
   <si>
+    <t>NVision Insight Group Inc</t>
+  </si>
+  <si>
+    <t>O2 Planning and Design Inc.</t>
+  </si>
+  <si>
     <t>Oxbow Architecture</t>
   </si>
   <si>
     <t xml:space="preserve">P3Architecture Partnership </t>
   </si>
   <si>
+    <t>Panther Creative Inc.</t>
+  </si>
+  <si>
     <t>PCL Construction Management Inc.</t>
   </si>
   <si>
     <t>Pilot Group Inc.</t>
   </si>
   <si>
     <t>PME Inc</t>
   </si>
   <si>
+    <t>Postma Quantity Surveying Ltd</t>
+  </si>
+  <si>
+    <t>Prairie Panels Ltd.</t>
+  </si>
+  <si>
     <t>Quadrangle Architects Limited</t>
   </si>
   <si>
     <t>Quasar Consulting Group Inc.</t>
   </si>
   <si>
     <t>R. J. England Consulting</t>
   </si>
   <si>
     <t>Ray Gosselin Architect Ltd.</t>
   </si>
   <si>
     <t>Read Jones Christoffersen</t>
   </si>
   <si>
     <t>Regina Construction Association</t>
   </si>
   <si>
+    <t>Regina Metal Industries Ltd</t>
+  </si>
+  <si>
+    <t>Reimagine Architects Ltd.</t>
+  </si>
+  <si>
     <t>Resource Planning Group Inc.</t>
   </si>
   <si>
     <t>Revery Architecture Inc.</t>
   </si>
   <si>
+    <t>Ritenburg &amp; Associates Ltd.</t>
+  </si>
+  <si>
     <t>RWDI</t>
   </si>
   <si>
     <t>Saskatchewan Scraping Organization</t>
   </si>
   <si>
     <t>Saskatoon Construction Association</t>
   </si>
   <si>
+    <t>SaskBuilds and Procurement</t>
+  </si>
+  <si>
+    <t>Scatliff + Miller + Murray</t>
+  </si>
+  <si>
+    <t>Scout Engineering &amp; Consulting Ltd</t>
+  </si>
+  <si>
     <t>SEPW Architecture Inc.</t>
   </si>
   <si>
+    <t>Shugarman Architecture + Design Inc.</t>
+  </si>
+  <si>
     <t>SmartProcure, INC</t>
   </si>
   <si>
     <t>FL</t>
   </si>
   <si>
     <t>Smith and Andersen Consulting Engineering</t>
   </si>
   <si>
+    <t>Smoke Architecture Inc.</t>
+  </si>
+  <si>
+    <t>SOLO Architecture</t>
+  </si>
+  <si>
     <t>solution</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Stantec Architecture Ltd.</t>
   </si>
   <si>
     <t>Stephenson Engineering Ltd.</t>
   </si>
   <si>
+    <t>Sun beam valley log and timber inc</t>
+  </si>
+  <si>
     <t>Synergy Construction Ltd</t>
   </si>
   <si>
+    <t>Tawaw Architecture Collective Inc.</t>
+  </si>
+  <si>
     <t>TBD Architecture + Urban Planning</t>
   </si>
   <si>
     <t>Titan Electrical Group</t>
   </si>
   <si>
+    <t>Topping Engineering Ltd.</t>
+  </si>
+  <si>
+    <t>Turner Fleischer Architects Inc.</t>
+  </si>
+  <si>
     <t>Two Row Architect</t>
+  </si>
+  <si>
+    <t>Vulpes Solutions</t>
   </si>
   <si>
     <t>Wallace Klypak Architects</t>
   </si>
   <si>
     <t>WSP Canada Inc</t>
   </si>
   <si>
     <t>Yaghmour consulting corporation</t>
   </si>
   <si>
     <t>Zeidler Architecture Inc.</t>
   </si>
   <si>
     <t>ZW Management Inc.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
@@ -343,695 +508,1135 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf fontId="0" applyFont="1" xfId="0"/>
     <xf fontId="1" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B82"/>
+  <dimension ref="A1:B137"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="2" width="30" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>3</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>18</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>23</v>
+        <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>3</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>26</v>
+        <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>18</v>
+        <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>18</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>18</v>
+        <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>31</v>
+        <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>33</v>
+        <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>36</v>
+        <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>3</v>
+        <v>35</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>33</v>
+        <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>3</v>
+        <v>39</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>3</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>3</v>
+        <v>42</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>3</v>
+        <v>23</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>3</v>
+        <v>48</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>3</v>
+        <v>35</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>3</v>
+        <v>35</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>3</v>
+        <v>23</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>3</v>
+        <v>23</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="B49" s="0" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>60</v>
+        <v>3</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>31</v>
+        <v>7</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>3</v>
+        <v>35</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>33</v>
+        <v>3</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>3</v>
+        <v>23</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>33</v>
+        <v>3</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>18</v>
+        <v>3</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>18</v>
+        <v>3</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>80</v>
+        <v>3</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>83</v>
+        <v>3</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>33</v>
+        <v>3</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B82" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="B83" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="B84" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="B82" s="0" t="s">
-        <v>9</v>
+      <c r="B85" s="0" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="B86" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="B87" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B88" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="B89" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="B90" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="B91" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="B92" s="0" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B93" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="B94" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="B95" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="B96" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B97" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="B98" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="B99" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="B101" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="B102" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="B103" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="B104" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="B105" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="B106" s="0" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="B107" s="0" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="B108" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="B109" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="B110" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="B111" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B112" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="B113" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="B114" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="B115" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="B116" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="B117" s="0" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="B118" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="B119" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="B120" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="B121" s="0" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="B122" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="B123" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="B124" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="B125" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="B126" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="B127" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="B128" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="B129" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="B130" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="B131" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="B132" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="B133" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="B134" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="B135" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="B136" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="B137" s="0" t="s">
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>