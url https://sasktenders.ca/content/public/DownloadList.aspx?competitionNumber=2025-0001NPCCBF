--- v0 (2025-10-10)
+++ v1 (2025-12-01)
@@ -4,92 +4,146 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Competition No. 2025-0001NPCCBF" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <si>
     <t>Supplier Organization Name</t>
   </si>
   <si>
     <t>Province</t>
   </si>
   <si>
+    <t xml:space="preserve"> 101237464 Saskatchewan Ltd.DBA Regina Asphalt Paving</t>
+  </si>
+  <si>
+    <t>SK</t>
+  </si>
+  <si>
+    <t>AECOM</t>
+  </si>
+  <si>
     <t>Alisha pvt ltd</t>
   </si>
   <si>
-    <t>SK</t>
-[...1 lines deleted...]
-  <si>
     <t>ConstructConnect</t>
   </si>
   <si>
     <t>ON</t>
   </si>
   <si>
     <t>Coolx</t>
   </si>
   <si>
     <t>Deltek</t>
   </si>
   <si>
     <t>VA</t>
   </si>
   <si>
+    <t>Dodge Data &amp; Analytics</t>
+  </si>
+  <si>
+    <t>Dodge Data and Analytics</t>
+  </si>
+  <si>
+    <t>TX</t>
+  </si>
+  <si>
     <t>G E Environmental Solutions</t>
   </si>
   <si>
     <t>Gee Bee Construction Co. Ltd.</t>
   </si>
   <si>
     <t>i-Sourcing Technologies Pvt. Ltd.</t>
   </si>
   <si>
+    <t>Jason r</t>
+  </si>
+  <si>
+    <t>Maskunow Construction</t>
+  </si>
+  <si>
+    <t>Morsky Construction Ltd.</t>
+  </si>
+  <si>
+    <t>North America Procurement Council, Inc. PBC</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
     <t>PBX Engineering Ltd.</t>
   </si>
   <si>
     <t>BC</t>
+  </si>
+  <si>
+    <t>Queen City Excavating Inc</t>
+  </si>
+  <si>
+    <t>Regina Construction Association</t>
+  </si>
+  <si>
+    <t>Saskatchewan Scraping Organization</t>
+  </si>
+  <si>
+    <t>SmartProcure, INC</t>
+  </si>
+  <si>
+    <t>FL</t>
+  </si>
+  <si>
+    <t>solution</t>
+  </si>
+  <si>
+    <t>NA</t>
+  </si>
+  <si>
+    <t>Torrent Energy Services INC.</t>
   </si>
   <si>
     <t>Turnbull Excavating Ltd.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -103,119 +157,231 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf fontId="0" applyFont="1" xfId="0"/>
     <xf fontId="1" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B10"/>
+  <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="2" width="30" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="B5" s="0" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="B7" s="0" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="11">
+      <c r="A11" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B13" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B15" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>